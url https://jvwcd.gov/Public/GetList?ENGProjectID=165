--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21a6afce5e8d464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/399fabdf29ed4e2381923effb8d54689.psmdcp" Id="R2942a13f49ca45bf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc348572d5a884e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa9f7aacb9b74c5e929f06f6cda20787.psmdcp" Id="R9ebdafe440164593" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="354" uniqueCount="354">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="415">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Dan Woodbury</x:t>
   </x:si>
   <x:si>
     <x:t>Aqua Engineering</x:t>
   </x:si>
   <x:si>
     <x:t>18016833759</x:t>
   </x:si>
   <x:si>
@@ -113,50 +113,62 @@
   <x:si>
     <x:t>Cory Shupe</x:t>
   </x:si>
   <x:si>
     <x:t>blu line designs</x:t>
   </x:si>
   <x:si>
     <x:t>801.913.7994</x:t>
   </x:si>
   <x:si>
     <x:t>cshupe (at) blulinedesigns.com</x:t>
   </x:si>
   <x:si>
     <x:t>James Kilpatrick</x:t>
   </x:si>
   <x:si>
     <x:t>BNA Consulting</x:t>
   </x:si>
   <x:si>
     <x:t>801-532-2196</x:t>
   </x:si>
   <x:si>
     <x:t>jkilpatrick (at) bnaconsulting.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Brittany Sorenson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown and Caldwell</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8013169810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bsorenson (at) brwncald.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Monte Pascuzzo</x:t>
   </x:si>
   <x:si>
     <x:t>Cardno, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>801 330-6910</x:t>
   </x:si>
   <x:si>
     <x:t>monte.pascuzzo (at) cardno.com</x:t>
   </x:si>
   <x:si>
     <x:t>Melinda Jones</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cardno, Inc. </x:t>
   </x:si>
   <x:si>
     <x:t>602.977.8011</x:t>
   </x:si>
   <x:si>
     <x:t>melinda.jones (at) cardno.com</x:t>
   </x:si>
   <x:si>
     <x:t>Trish Burrell</x:t>
@@ -182,62 +194,86 @@
   <x:si>
     <x:t>Randy Zollinger</x:t>
   </x:si>
   <x:si>
     <x:t>CH2M/Jacobs</x:t>
   </x:si>
   <x:si>
     <x:t>801-989-8971</x:t>
   </x:si>
   <x:si>
     <x:t>randal.zollinger (at) ch2m.com</x:t>
   </x:si>
   <x:si>
     <x:t>Claire Bluett</x:t>
   </x:si>
   <x:si>
     <x:t>Cobb, Fendley &amp; Associates, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>5055080786</x:t>
   </x:si>
   <x:si>
     <x:t>cbluett (at) cobbfendley.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Makenzie Doyle</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Consor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2537534663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>makenzie.doyle (at) consoreng.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Elise McCollister</x:t>
   </x:si>
   <x:si>
     <x:t>Consor North America, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>7147884825</x:t>
   </x:si>
   <x:si>
     <x:t>elise.mccollister (at) consoreng.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Megan Hollowed</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Contract Land Staff</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2813403321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>megan.hollowed (at) contractlandstaff.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Nicole Marshall</x:t>
   </x:si>
   <x:si>
     <x:t>Curated Communications</x:t>
   </x:si>
   <x:si>
     <x:t>5046447335</x:t>
   </x:si>
   <x:si>
     <x:t>nicole (at) curatedcommunications.com</x:t>
   </x:si>
   <x:si>
     <x:t>Jason Pereira</x:t>
   </x:si>
   <x:si>
     <x:t>CWE</x:t>
   </x:si>
   <x:si>
     <x:t>714-526-7500</x:t>
   </x:si>
   <x:si>
     <x:t>jpereira (at) cwecorp.com</x:t>
   </x:si>
   <x:si>
     <x:t>Lani Eggertsen-Goff</x:t>
@@ -380,110 +416,146 @@
   <x:si>
     <x:t>dhales (at) forsgren.com</x:t>
   </x:si>
   <x:si>
     <x:t>Jeremy Gaston</x:t>
   </x:si>
   <x:si>
     <x:t>8012588275</x:t>
   </x:si>
   <x:si>
     <x:t>jgaston (at) forsgren.com</x:t>
   </x:si>
   <x:si>
     <x:t>Andrew Noorlander</x:t>
   </x:si>
   <x:si>
     <x:t>G Brown Design Site Architects</x:t>
   </x:si>
   <x:si>
     <x:t>801.575.6066</x:t>
   </x:si>
   <x:si>
     <x:t>anoorlander (at) gbrowndesign.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Adisa Husejnovic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEI Consultants, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">3036259502 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>ahusejnovic (at) geiconsultants.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Seth Price</x:t>
   </x:si>
   <x:si>
     <x:t>GeoStrata</x:t>
   </x:si>
   <x:si>
     <x:t>801-501-0583</x:t>
   </x:si>
   <x:si>
     <x:t>sethp (at) geostrata-llc.com</x:t>
   </x:si>
   <x:si>
     <x:t>Lonnie Mercer</x:t>
   </x:si>
   <x:si>
     <x:t>Geosyntec</x:t>
   </x:si>
   <x:si>
     <x:t>801-853-8308</x:t>
   </x:si>
   <x:si>
     <x:t>lmercer (at) geosyntec.com</x:t>
   </x:si>
   <x:si>
     <x:t>Scott Davis</x:t>
   </x:si>
   <x:si>
     <x:t>Gerhart Cole, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>(801) 849-0055</x:t>
   </x:si>
   <x:si>
     <x:t>scottd (at) gerhartcole.com</x:t>
   </x:si>
   <x:si>
     <x:t>Brandon Preece</x:t>
   </x:si>
   <x:si>
     <x:t>Gilson Engineering</x:t>
   </x:si>
   <x:si>
     <x:t>8015719414</x:t>
   </x:si>
   <x:si>
     <x:t>brandon (at) gilsonengineering.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Patricia Simms</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GSBS Architects</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015218600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>marketing (at) gsbsarchitects.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kellie Goddard</x:t>
   </x:si>
   <x:si>
     <x:t>Hansen, Allen &amp; Luce</x:t>
   </x:si>
   <x:si>
     <x:t>8015665599</x:t>
   </x:si>
   <x:si>
     <x:t>kgoddard (at) halengineers.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Jeremy Williams</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hazen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8018852060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jswilliams (at) hazenandsawyer.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Parry Osborn</x:t>
   </x:si>
   <x:si>
     <x:t>Hazen and Sawyer</x:t>
   </x:si>
   <x:si>
     <x:t>801-372-4808</x:t>
   </x:si>
   <x:si>
     <x:t>posborn (at) hazenandsawyer.com</x:t>
   </x:si>
   <x:si>
     <x:t>Cam Walker</x:t>
   </x:si>
   <x:si>
     <x:t>HDR</x:t>
   </x:si>
   <x:si>
     <x:t>7022394479</x:t>
   </x:si>
   <x:si>
     <x:t>cam.walker (at) hdrinc.com</x:t>
   </x:si>
   <x:si>
     <x:t>Megs Burd</x:t>
@@ -500,50 +572,74 @@
   <x:si>
     <x:t>Robert Kesler</x:t>
   </x:si>
   <x:si>
     <x:t>Heath Engineering Company</x:t>
   </x:si>
   <x:si>
     <x:t>8013220487</x:t>
   </x:si>
   <x:si>
     <x:t>rkesler (at) heatheng.com</x:t>
   </x:si>
   <x:si>
     <x:t>Brent Ventura</x:t>
   </x:si>
   <x:si>
     <x:t>Horrocks Engineers</x:t>
   </x:si>
   <x:si>
     <x:t>(801) 763-5168</x:t>
   </x:si>
   <x:si>
     <x:t>brentv (at) horrocks.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Bid Research</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IMS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8584908800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ims_bids (at) construction.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Erik Llewellyn</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Infinity Corrosion Group, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8018341159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ellewellyn (at) infinitycorrosion.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Shalae A Larsen</x:t>
   </x:si>
   <x:si>
     <x:t>Io LandArch</x:t>
   </x:si>
   <x:si>
     <x:t>8015056601</x:t>
   </x:si>
   <x:si>
     <x:t>shalae (at) iolandarch.com</x:t>
   </x:si>
   <x:si>
     <x:t>Delmas Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>J-U-B ENGINEERS INC</x:t>
   </x:si>
   <x:si>
     <x:t>8014196061</x:t>
   </x:si>
   <x:si>
     <x:t>dwjohnson (at) jub.com</x:t>
   </x:si>
   <x:si>
     <x:t>Robert Harding</x:t>
@@ -569,110 +665,143 @@
   <x:si>
     <x:t>melissa.w (at) jonesanddemille.com</x:t>
   </x:si>
   <x:si>
     <x:t>Lori Epling</x:t>
   </x:si>
   <x:si>
     <x:t>435-201-3119</x:t>
   </x:si>
   <x:si>
     <x:t>lori (at) jonesanddemille.com</x:t>
   </x:si>
   <x:si>
     <x:t>Jeremy Hobbs</x:t>
   </x:si>
   <x:si>
     <x:t>KEE Engineering</x:t>
   </x:si>
   <x:si>
     <x:t>4356131220</x:t>
   </x:si>
   <x:si>
     <x:t>jeremy.hobbs (at) keeengineering.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Crystal Warner</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keller Associates</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2086028156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cwarner (at) kellerassociates.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Michael Clark</x:t>
   </x:si>
   <x:si>
     <x:t>Keller Associates, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>8013803327</x:t>
   </x:si>
   <x:si>
     <x:t>mclark (at) kellerassociates.com</x:t>
   </x:si>
   <x:si>
     <x:t>Sean Sundermann</x:t>
   </x:si>
   <x:si>
     <x:t>Kilduff Underground Engineering</x:t>
   </x:si>
   <x:si>
     <x:t>3037323692</x:t>
   </x:si>
   <x:si>
     <x:t>ssundermann (at) kilduffunderground.com</x:t>
   </x:si>
   <x:si>
     <x:t>Will Bowman</x:t>
   </x:si>
   <x:si>
     <x:t>Kimely-Horn</x:t>
   </x:si>
   <x:si>
     <x:t>385-210-0470</x:t>
   </x:si>
   <x:si>
     <x:t>will.bowman (at) kimley-horn.com</x:t>
   </x:si>
   <x:si>
     <x:t>Aric Farnsworth</x:t>
   </x:si>
   <x:si>
     <x:t>Kimley-Horn</x:t>
   </x:si>
   <x:si>
     <x:t>702-780-6624</x:t>
   </x:si>
   <x:si>
     <x:t>aric.farnsworth (at) kimley-horn.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Adisa Husejnovic</x:t>
+    <x:t>Jennifer Hayes</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kimley-Horn and Associates, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3853012270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jennifer.hayes (at) kimley-horn.com</x:t>
   </x:si>
   <x:si>
     <x:t>Lithos Engineering</x:t>
   </x:si>
   <x:si>
     <x:t>7203163718</x:t>
   </x:si>
   <x:si>
     <x:t>adisa (at) lithoseng.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Katie Owen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NHC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9167428990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kowen (at) nhcwater.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Jaime Ervin</x:t>
   </x:si>
   <x:si>
     <x:t>Ninyo &amp; Moore</x:t>
   </x:si>
   <x:si>
     <x:t>8019732500</x:t>
   </x:si>
   <x:si>
     <x:t>jervin (at) ninyoandmoore.com</x:t>
   </x:si>
   <x:si>
     <x:t>Darren Hinton</x:t>
   </x:si>
   <x:si>
     <x:t>Northwest Hydraulic Consultants</x:t>
   </x:si>
   <x:si>
     <x:t>206-241-6000</x:t>
   </x:si>
   <x:si>
     <x:t>dhinton (at) nhcweb.com</x:t>
   </x:si>
   <x:si>
     <x:t>Ryan Cathey</x:t>
@@ -713,74 +842,116 @@
   <x:si>
     <x:t>Brett Lincoln</x:t>
   </x:si>
   <x:si>
     <x:t>PSI, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>801-484-8827</x:t>
   </x:si>
   <x:si>
     <x:t>brett.lincoln (at) psiusa.com</x:t>
   </x:si>
   <x:si>
     <x:t>Christine Coutts</x:t>
   </x:si>
   <x:si>
     <x:t>Psomas</x:t>
   </x:si>
   <x:si>
     <x:t>801-284-1303</x:t>
   </x:si>
   <x:si>
     <x:t>slcmarketing (at) psomas.com</x:t>
   </x:si>
   <x:si>
+    <x:t>8012841303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>chris.coutts (at) psomas.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Julee Attig</x:t>
   </x:si>
   <x:si>
     <x:t>Reaveley Engineers + Associates</x:t>
   </x:si>
   <x:si>
     <x:t>8015054036</x:t>
   </x:si>
   <x:si>
     <x:t>jattig (at) reaveley.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Brian Mardjuki</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">REDD Engineering &amp; Construction, Inc. </x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">801-582-4900 </x:t>
+  </x:si>
+  <x:si>
+    <x:t>brian.mardjuki (at) reddengineering.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sara Hart</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Resolut Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015303148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>sarahart (at) resolutgroup.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kristin Kraft</x:t>
   </x:si>
   <x:si>
     <x:t>Robert E. Lamb, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>6106669200</x:t>
   </x:si>
   <x:si>
     <x:t>kkraft (at) relamb.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Randi Burton</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">Spectrum Engineers </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8013360889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>randi.burton (at) speceng.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brittany Punjabi</x:t>
   </x:si>
   <x:si>
     <x:t>Spectrum Engineers</x:t>
   </x:si>
   <x:si>
     <x:t>801-401-8407</x:t>
   </x:si>
   <x:si>
     <x:t>blp (at) spectrum-engineers.com</x:t>
   </x:si>
   <x:si>
     <x:t>Aaron Kraft</x:t>
   </x:si>
   <x:si>
     <x:t>Stantec</x:t>
   </x:si>
   <x:si>
     <x:t>7022808947</x:t>
   </x:si>
   <x:si>
     <x:t>aaron.kraft (at) stantec.com</x:t>
   </x:si>
   <x:si>
     <x:t>Ed Mignone</x:t>
@@ -1008,50 +1179,62 @@
     <x:t>lmonsen (at) reaveley.com</x:t>
   </x:si>
   <x:si>
     <x:t>Karen Edgar</x:t>
   </x:si>
   <x:si>
     <x:t>CMT Engineering Laboratories</x:t>
   </x:si>
   <x:si>
     <x:t>801-908-5859</x:t>
   </x:si>
   <x:si>
     <x:t>karen.edgar (at) cmtlaboratories.com</x:t>
   </x:si>
   <x:si>
     <x:t>Subcontractor</x:t>
   </x:si>
   <x:si>
     <x:t>Cynthia Remine</x:t>
   </x:si>
   <x:si>
     <x:t>801 505 4001</x:t>
   </x:si>
   <x:si>
     <x:t>cremine (at) reaveley.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iLana Harris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stream Landscape Architecture + Planning</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7206637352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iharris (at) streamla.com</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Douglass</x:t>
   </x:si>
   <x:si>
     <x:t>ATSCO Sales</x:t>
   </x:si>
   <x:si>
     <x:t>801-565-7277</x:t>
   </x:si>
   <x:si>
     <x:t>jack (at) atscosales.com</x:t>
   </x:si>
   <x:si>
     <x:t>Supplier</x:t>
   </x:si>
   <x:si>
     <x:t>Sarah Gifin</x:t>
   </x:si>
   <x:si>
     <x:t>Canary Systems</x:t>
   </x:si>
   <x:si>
     <x:t>603-526-9800</x:t>
   </x:si>
@@ -1137,52 +1320,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E90" totalsRowShown="0">
-  <x:autoFilter ref="A1:E90"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E109" totalsRowShown="0">
+  <x:autoFilter ref="A1:E109"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1441,60 +1624,60 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E90"/>
+  <x:dimension ref="A1:E109"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="18.560625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.580625" style="0" customWidth="1"/>
-    <x:col min="4" max="4" width="38.140625" style="0" customWidth="1"/>
+    <x:col min="4" max="4" width="38.810625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.070625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B2" s="0" t="s">
@@ -1609,1423 +1792,1746 @@
         <x:v>33</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="C9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
       <x:c r="D9" s="0" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
-        <x:v>38</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="B10" s="0" t="s">
-        <x:v>39</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="C10" s="0" t="s">
-        <x:v>40</x:v>
+        <x:v>36</x:v>
       </x:c>
       <x:c r="D10" s="0" t="s">
-        <x:v>41</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
-        <x:v>42</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="B11" s="0" t="s">
-        <x:v>43</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C11" s="0" t="s">
-        <x:v>44</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
-        <x:v>45</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
-        <x:v>46</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
-        <x:v>47</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
-        <x:v>48</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
+        <x:v>46</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>47</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="D13" s="0" t="s">
         <x:v>49</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="s">
-        <x:v>53</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="B14" s="0" t="s">
-        <x:v>54</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C14" s="0" t="s">
-        <x:v>55</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="D14" s="0" t="s">
-        <x:v>56</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="E14" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="s">
-        <x:v>57</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="B15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C15" s="0" t="s">
-        <x:v>59</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D15" s="0" t="s">
-        <x:v>60</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E15" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="s">
-        <x:v>61</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="B16" s="0" t="s">
-        <x:v>62</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C16" s="0" t="s">
-        <x:v>63</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D16" s="0" t="s">
-        <x:v>64</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E16" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="B17" s="0" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C17" s="0" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D17" s="0" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E17" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="B18" s="0" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="C18" s="0" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="D18" s="0" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="E18" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="B19" s="0" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="C19" s="0" t="s">
-        <x:v>74</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="D19" s="0" t="s">
-        <x:v>75</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="E19" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D20" s="0" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="E20" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="D21" s="0" t="s">
         <x:v>80</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>83</x:v>
       </x:c>
       <x:c r="E21" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="D22" s="0" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>87</x:v>
       </x:c>
       <x:c r="E22" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
-        <x:v>88</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="B23" s="0" t="s">
-        <x:v>89</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C23" s="0" t="s">
-        <x:v>90</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D23" s="0" t="s">
-        <x:v>91</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E23" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="s">
-        <x:v>92</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="B24" s="0" t="s">
-        <x:v>93</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="C24" s="0" t="s">
-        <x:v>94</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
-        <x:v>95</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="s">
-        <x:v>96</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
-        <x:v>97</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
-        <x:v>99</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
-        <x:v>100</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="B26" s="0" t="s">
-        <x:v>101</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C26" s="0" t="s">
-        <x:v>102</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
-        <x:v>104</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
-        <x:v>108</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>111</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C31" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B32" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="C32" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D32" s="0" t="s">
         <x:v>123</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="0" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
         <x:v>127</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>130</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>140</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
-        <x:v>141</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
-        <x:v>142</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>154</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="s">
-        <x:v>155</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>156</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>157</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
-        <x:v>158</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
-        <x:v>160</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
-        <x:v>161</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
-        <x:v>162</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
-        <x:v>166</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="s">
-        <x:v>167</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="B43" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C43" s="0" t="s">
-        <x:v>169</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D43" s="0" t="s">
-        <x:v>170</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E43" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="s">
-        <x:v>171</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
-        <x:v>172</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
-        <x:v>173</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="s">
-        <x:v>175</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
-        <x:v>176</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
-        <x:v>177</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
-        <x:v>178</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="s">
-        <x:v>179</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
-        <x:v>180</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
-        <x:v>181</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D48" s="0" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>193</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C50" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="0" t="s">
-        <x:v>198</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
-        <x:v>199</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
-        <x:v>200</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="0" t="s">
-        <x:v>202</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
-        <x:v>203</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
-        <x:v>204</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="0" t="s">
-        <x:v>206</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="B53" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C53" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D53" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E53" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>219</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
-        <x:v>220</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
-        <x:v>221</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="0" t="s">
-        <x:v>222</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
-        <x:v>223</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
-        <x:v>224</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
-        <x:v>225</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="0" t="s">
-        <x:v>226</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
-        <x:v>227</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
-        <x:v>228</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
-        <x:v>229</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="0" t="s">
-        <x:v>230</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
-        <x:v>231</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
-        <x:v>232</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
-        <x:v>233</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="0" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>248</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
-        <x:v>249</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="0" t="s">
-        <x:v>250</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
-        <x:v>251</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
-        <x:v>252</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:5">
       <x:c r="A65" s="0" t="s">
-        <x:v>253</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="B65" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="C65" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C65" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D65" s="0" t="s">
-        <x:v>255</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="E65" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:5">
       <x:c r="A66" s="0" t="s">
-        <x:v>256</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="B66" s="0" t="s">
-        <x:v>257</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C66" s="0" t="s">
-        <x:v>258</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D66" s="0" t="s">
-        <x:v>259</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E66" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:5">
       <x:c r="A67" s="0" t="s">
-        <x:v>260</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B67" s="0" t="s">
-        <x:v>261</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C67" s="0" t="s">
-        <x:v>262</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D67" s="0" t="s">
-        <x:v>263</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E67" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:5">
       <x:c r="A68" s="0" t="s">
-        <x:v>264</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="B68" s="0" t="s">
-        <x:v>265</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C68" s="0" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D68" s="0" t="s">
-        <x:v>267</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E68" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:5">
       <x:c r="A69" s="0" t="s">
-        <x:v>268</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="B69" s="0" t="s">
-        <x:v>269</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C69" s="0" t="s">
-        <x:v>270</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D69" s="0" t="s">
-        <x:v>271</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E69" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:5">
       <x:c r="A70" s="0" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="B70" s="0" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C70" s="0" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D70" s="0" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="E70" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:5">
       <x:c r="A71" s="0" t="s">
-        <x:v>273</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="B71" s="0" t="s">
-        <x:v>274</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C71" s="0" t="s">
-        <x:v>275</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D71" s="0" t="s">
-        <x:v>276</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E71" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:5">
       <x:c r="A72" s="0" t="s">
-        <x:v>277</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B72" s="0" t="s">
-        <x:v>278</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="C72" s="0" t="s">
-        <x:v>279</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="D72" s="0" t="s">
-        <x:v>280</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="E72" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:5">
       <x:c r="A73" s="0" t="s">
-        <x:v>281</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="B73" s="0" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C73" s="0" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D73" s="0" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
       <x:c r="E73" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:5">
       <x:c r="A74" s="0" t="s">
-        <x:v>284</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="B74" s="0" t="s">
-        <x:v>285</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C74" s="0" t="s">
-        <x:v>286</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D74" s="0" t="s">
-        <x:v>287</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E74" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:5">
       <x:c r="A75" s="0" t="s">
-        <x:v>288</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="B75" s="0" t="s">
-        <x:v>289</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C75" s="0" t="s">
-        <x:v>290</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="D75" s="0" t="s">
-        <x:v>291</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="E75" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:5">
       <x:c r="A76" s="0" t="s">
-        <x:v>292</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="B76" s="0" t="s">
-        <x:v>293</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="C76" s="0" t="s">
-        <x:v>294</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="D76" s="0" t="s">
-        <x:v>295</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="E76" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:5">
       <x:c r="A77" s="0" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="B77" s="0" t="s">
-        <x:v>298</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="C77" s="0" t="s">
-        <x:v>299</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D77" s="0" t="s">
-        <x:v>300</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E77" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:5">
       <x:c r="A78" s="0" t="s">
-        <x:v>301</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B78" s="0" t="s">
-        <x:v>302</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C78" s="0" t="s">
-        <x:v>303</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D78" s="0" t="s">
-        <x:v>304</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E78" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:5">
       <x:c r="A79" s="0" t="s">
-        <x:v>305</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="B79" s="0" t="s">
-        <x:v>306</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C79" s="0" t="s">
-        <x:v>307</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D79" s="0" t="s">
-        <x:v>308</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E79" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:5">
       <x:c r="A80" s="0" t="s">
-        <x:v>309</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="B80" s="0" t="s">
-        <x:v>310</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="C80" s="0" t="s">
-        <x:v>311</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="D80" s="0" t="s">
-        <x:v>312</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="E80" s="0" t="s">
-        <x:v>296</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:5">
       <x:c r="A81" s="0" t="s">
-        <x:v>313</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="B81" s="0" t="s">
-        <x:v>314</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C81" s="0" t="s">
-        <x:v>315</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D81" s="0" t="s">
-        <x:v>316</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E81" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:5">
       <x:c r="A82" s="0" t="s">
-        <x:v>318</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="B82" s="0" t="s">
-        <x:v>81</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C82" s="0" t="s">
-        <x:v>319</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D82" s="0" t="s">
-        <x:v>320</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E82" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:5">
       <x:c r="A83" s="0" t="s">
-        <x:v>321</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="B83" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C83" s="0" t="s">
-        <x:v>323</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D83" s="0" t="s">
-        <x:v>324</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E83" s="0" t="s">
-        <x:v>317</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:5">
       <x:c r="A84" s="0" t="s">
-        <x:v>325</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="B84" s="0" t="s">
-        <x:v>326</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C84" s="0" t="s">
-        <x:v>327</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D84" s="0" t="s">
-        <x:v>328</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E84" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:5">
       <x:c r="A85" s="0" t="s">
-        <x:v>330</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="B85" s="0" t="s">
-        <x:v>322</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C85" s="0" t="s">
-        <x:v>331</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D85" s="0" t="s">
-        <x:v>332</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E85" s="0" t="s">
-        <x:v>329</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:5">
       <x:c r="A86" s="0" t="s">
-        <x:v>333</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="B86" s="0" t="s">
-        <x:v>334</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C86" s="0" t="s">
-        <x:v>335</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D86" s="0" t="s">
-        <x:v>336</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E86" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:5">
       <x:c r="A87" s="0" t="s">
-        <x:v>338</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B87" s="0" t="s">
-        <x:v>339</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C87" s="0" t="s">
-        <x:v>340</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D87" s="0" t="s">
-        <x:v>341</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E87" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:5">
       <x:c r="A88" s="0" t="s">
-        <x:v>342</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="B88" s="0" t="s">
-        <x:v>343</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="C88" s="0" t="s">
-        <x:v>344</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="D88" s="0" t="s">
-        <x:v>345</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E88" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:5">
       <x:c r="A89" s="0" t="s">
-        <x:v>346</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="B89" s="0" t="s">
-        <x:v>347</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C89" s="0" t="s">
-        <x:v>348</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="D89" s="0" t="s">
-        <x:v>349</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="E89" s="0" t="s">
-        <x:v>337</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:5">
       <x:c r="A90" s="0" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="B90" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C90" s="0" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D90" s="0" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="E90" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="91" spans="1:5">
+      <x:c r="A91" s="0" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="B91" s="0" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C91" s="0" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D91" s="0" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="E91" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="92" spans="1:5">
+      <x:c r="A92" s="0" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="B92" s="0" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C92" s="0" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D92" s="0" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E92" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="93" spans="1:5">
+      <x:c r="A93" s="0" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="B93" s="0" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C93" s="0" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D93" s="0" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="E93" s="0" t="s">
+        <x:v>9</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="94" spans="1:5">
+      <x:c r="A94" s="0" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="B94" s="0" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="B90" s="0" t="s">
+      <x:c r="C94" s="0" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C90" s="0" t="s">
+      <x:c r="D94" s="0" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="D90" s="0" t="s">
+      <x:c r="E94" s="0" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E90" s="0" t="s">
-        <x:v>337</x:v>
+    </x:row>
+    <x:row r="95" spans="1:5">
+      <x:c r="A95" s="0" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="B95" s="0" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C95" s="0" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="D95" s="0" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="E95" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="96" spans="1:5">
+      <x:c r="A96" s="0" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="B96" s="0" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C96" s="0" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D96" s="0" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="E96" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="97" spans="1:5">
+      <x:c r="A97" s="0" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B97" s="0" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C97" s="0" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D97" s="0" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="E97" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="98" spans="1:5">
+      <x:c r="A98" s="0" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="B98" s="0" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C98" s="0" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D98" s="0" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="E98" s="0" t="s">
+        <x:v>353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="99" spans="1:5">
+      <x:c r="A99" s="0" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="B99" s="0" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C99" s="0" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D99" s="0" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="E99" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="100" spans="1:5">
+      <x:c r="A100" s="0" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="B100" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C100" s="0" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D100" s="0" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="E100" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="101" spans="1:5">
+      <x:c r="A101" s="0" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="B101" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C101" s="0" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D101" s="0" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E101" s="0" t="s">
+        <x:v>374</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="102" spans="1:5">
+      <x:c r="A102" s="0" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="B102" s="0" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C102" s="0" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D102" s="0" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="E102" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="103" spans="1:5">
+      <x:c r="A103" s="0" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="B103" s="0" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C103" s="0" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="D103" s="0" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="E103" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="104" spans="1:5">
+      <x:c r="A104" s="0" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="B104" s="0" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="C104" s="0" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="D104" s="0" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="E104" s="0" t="s">
+        <x:v>386</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="105" spans="1:5">
+      <x:c r="A105" s="0" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="B105" s="0" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C105" s="0" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D105" s="0" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E105" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="106" spans="1:5">
+      <x:c r="A106" s="0" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="B106" s="0" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C106" s="0" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D106" s="0" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E106" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="107" spans="1:5">
+      <x:c r="A107" s="0" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="B107" s="0" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="C107" s="0" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="D107" s="0" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="E107" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="108" spans="1:5">
+      <x:c r="A108" s="0" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="B108" s="0" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="C108" s="0" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="D108" s="0" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="E108" s="0" t="s">
+        <x:v>398</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="109" spans="1:5">
+      <x:c r="A109" s="0" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="B109" s="0" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C109" s="0" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D109" s="0" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E109" s="0" t="s">
+        <x:v>398</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>