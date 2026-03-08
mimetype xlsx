--- v1 (2026-01-21)
+++ v2 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc348572d5a884e2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/aa9f7aacb9b74c5e929f06f6cda20787.psmdcp" Id="R9ebdafe440164593" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd73b9ed591e34011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/38cae37b479d4c899a0f6d39c7629725.psmdcp" Id="R6e0f72e6b20c405e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="415">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>