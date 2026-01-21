--- v0 (2025-12-05)
+++ v1 (2026-01-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80583af006b245f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e4e4c800de2b4fbc8215eec2a6ff40e4.psmdcp" Id="Rd736c69e20c1452b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2a91eda07648e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9261d0716e6444c78138c8213218516a.psmdcp" Id="R2efd333d355b42df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>