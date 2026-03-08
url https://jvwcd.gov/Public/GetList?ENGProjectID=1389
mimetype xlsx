--- v1 (2026-01-21)
+++ v2 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c2a91eda07648e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/9261d0716e6444c78138c8213218516a.psmdcp" Id="R2efd333d355b42df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac46b933f17483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfa2abdb92c24fdc9f3cc1f21cd6a829.psmdcp" Id="Rd7585985145c43d1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>