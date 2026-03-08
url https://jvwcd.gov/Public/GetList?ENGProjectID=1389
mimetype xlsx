--- v2 (2026-03-08)
+++ v3 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfac46b933f17483d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/dfa2abdb92c24fdc9f3cc1f21cd6a829.psmdcp" Id="Rd7585985145c43d1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30e1ab1176d944f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f023bd8d93a2438e9b9c40653c5ebd18.psmdcp" Id="Rdc93298ca5fa4ca6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="38" uniqueCount="38">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>