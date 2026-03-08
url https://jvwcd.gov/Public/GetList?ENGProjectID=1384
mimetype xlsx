--- v0 (2025-10-22)
+++ v1 (2026-03-08)
@@ -1,217 +1,259 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R372829cfcf4a467e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c72c968b4a2421fba85c70ab9112d00.psmdcp" Id="Rc14b376c6b59496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0289b6f301a45ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d096643a441d41938be080b4e4c3712f.psmdcp" Id="R42bb91fa0ee54e9d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="53" uniqueCount="53">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Alex White</x:t>
   </x:si>
   <x:si>
     <x:t>BC&amp;A</x:t>
   </x:si>
   <x:si>
     <x:t>8014952224</x:t>
   </x:si>
   <x:si>
     <x:t>awhite (at) bowencollins.com</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">jayalakshmil </x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Dodge Data &amp; Analytics	</x:t>
   </x:si>
   <x:si>
     <x:t>04133767032</x:t>
   </x:si>
   <x:si>
     <x:t>jayalakshmil (at) construction.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Kevin Bradley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitaker Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4357306226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kevin.bradley (at) whitcon.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Myriah Worley</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Condie Construction	</x:t>
   </x:si>
   <x:si>
     <x:t>8014893070</x:t>
   </x:si>
   <x:si>
     <x:t>mworley (at) condieconstruction.com</x:t>
   </x:si>
   <x:si>
     <x:t>Contractor</x:t>
   </x:si>
   <x:si>
     <x:t>Ed Kluber</x:t>
   </x:si>
   <x:si>
     <x:t>Condie Construction</x:t>
   </x:si>
   <x:si>
     <x:t>ekluber (at) condieconstruction.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Rhett Housley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8014041083</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rhousley (at) condieconstruction.com</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Mark Nielson	</x:t>
   </x:si>
   <x:si>
     <x:t>Gerber</x:t>
   </x:si>
   <x:si>
     <x:t>801-407-2000</x:t>
   </x:si>
   <x:si>
     <x:t>mn (at) 1gerber.com</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Jeri Lin Dowdell	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Gerber Construction	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">801-407-2000	</x:t>
   </x:si>
   <x:si>
     <x:t>jb (at) 1gerber.com</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Cole Frost	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ralph L Wadsworth Construction	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">801-301-7047	</x:t>
   </x:si>
   <x:si>
     <x:t>cfrost (at) wadsco.com</x:t>
   </x:si>
   <x:si>
     <x:t>Jennette Bezerra</x:t>
   </x:si>
   <x:si>
     <x:t>Ralph L Wadsworth Construction Company, LLC</x:t>
   </x:si>
   <x:si>
     <x:t>8015531661</x:t>
   </x:si>
   <x:si>
     <x:t>jbezerra (at) wadsco.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Kyle Parks</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Taylor Electric</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8014251021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>kparks (at) taylor-electric.com</x:t>
+  </x:si>
+  <x:si>
     <x:t xml:space="preserve">Emily Dunn	</x:t>
   </x:si>
   <x:si>
     <x:t>VanCon</x:t>
   </x:si>
   <x:si>
     <x:t>8014918898</x:t>
   </x:si>
   <x:si>
     <x:t>bid (at) wedigutah.com</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Chad Hunsaker	</x:t>
   </x:si>
   <x:si>
     <x:t>VanCon, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>chad (at) wedigutah.com</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Eldon Chestnut	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">W.W. Clyde &amp; Co	</x:t>
   </x:si>
   <x:si>
     <x:t>8013603446</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">echestnut (at) wwclyde.net	</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Judd Hamson	</x:t>
   </x:si>
   <x:si>
-    <x:t>Whitaker Construction</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t xml:space="preserve">435-723-2921	</x:t>
   </x:si>
   <x:si>
     <x:t>juddh (at) whitcon.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>quinn hamson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitaker Construction Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8015896858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>quinn (at) whitcon.com</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
       <x:color rgb="FF000000"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
     </x:font>
   </x:fonts>
   <x:fills count="2">
     <x:fill>
       <x:patternFill patternType="none"/>
     </x:fill>
     <x:fill>
       <x:patternFill patternType="gray125"/>
     </x:fill>
@@ -234,52 +276,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E13" totalsRowShown="0">
-  <x:autoFilter ref="A1:E13"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E17" totalsRowShown="0">
+  <x:autoFilter ref="A1:E17"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -538,51 +580,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E13"/>
+  <x:dimension ref="A1:E17"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="16.230625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="42.240625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.520625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="33.870625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="11.070625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -616,204 +658,272 @@
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="C4" s="0" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="D4" s="0" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
         <x:v>19</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
+      <x:c r="C5" s="0" t="s">
         <x:v>20</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>16</x:v>
       </x:c>
       <x:c r="D5" s="0" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="s">
-        <x:v>22</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="B6" s="0" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
       <x:c r="C6" s="0" t="s">
-        <x:v>24</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D6" s="0" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B7" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
         <x:v>27</x:v>
       </x:c>
-      <x:c r="C7" s="0" t="s">
+      <x:c r="D7" s="0" t="s">
         <x:v>28</x:v>
       </x:c>
-      <x:c r="D7" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E7" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B8" s="0" t="s">
+      <x:c r="C8" s="0" t="s">
         <x:v>31</x:v>
       </x:c>
-      <x:c r="C8" s="0" t="s">
+      <x:c r="D8" s="0" t="s">
         <x:v>32</x:v>
       </x:c>
-      <x:c r="D8" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E8" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B9" s="0" t="s">
+      <x:c r="C9" s="0" t="s">
         <x:v>35</x:v>
       </x:c>
-      <x:c r="C9" s="0" t="s">
+      <x:c r="D9" s="0" t="s">
         <x:v>36</x:v>
       </x:c>
-      <x:c r="D9" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E9" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="B10" s="0" t="s">
+      <x:c r="C10" s="0" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="C10" s="0" t="s">
+      <x:c r="D10" s="0" t="s">
         <x:v>40</x:v>
       </x:c>
-      <x:c r="D10" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E10" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="s">
+      <x:c r="C11" s="0" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>40</x:v>
       </x:c>
       <x:c r="D11" s="0" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B12" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="0" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="0" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
       <x:c r="C13" s="0" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="D13" s="0" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="14" spans="1:5">
+      <x:c r="A14" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="D14" s="0" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="E14" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="15" spans="1:5">
+      <x:c r="A15" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="E15" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="16" spans="1:5">
+      <x:c r="A16" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="E16" s="0" t="s">
+        <x:v>22</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="17" spans="1:5">
+      <x:c r="A17" s="0" t="s">
+        <x:v>63</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="E17" s="0" t="s">
+        <x:v>22</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>