--- v1 (2026-03-08)
+++ v2 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc0289b6f301a45ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d096643a441d41938be080b4e4c3712f.psmdcp" Id="R42bb91fa0ee54e9d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47ab9ea77874bb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f10882bd84c54c0298bdb1658f69ac7e.psmdcp" Id="R376e52ce53a64cf9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="67">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>