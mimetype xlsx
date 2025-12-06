--- v0 (2025-10-22)
+++ v1 (2025-12-06)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9837207a501a46ce" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/43ee43f6d27442b0a0c43fe072fa1dce.psmdcp" Id="Rb8977004bd114bdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2701be02e6434f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24c1dc5934264e699f63a57a052b2dc0.psmdcp" Id="R46da2cf9d1224fdb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="115" uniqueCount="115">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Will Peterson</x:t>
   </x:si>
   <x:si>
     <x:t>AECOM</x:t>
   </x:si>
   <x:si>
     <x:t>6107396170</x:t>
   </x:si>
   <x:si>
@@ -231,50 +231,62 @@
     <x:t>Bobbi Cubr</x:t>
   </x:si>
   <x:si>
     <x:t>Van Con</x:t>
   </x:si>
   <x:si>
     <x:t>3852019784</x:t>
   </x:si>
   <x:si>
     <x:t>bid (at) wedigutah.com</x:t>
   </x:si>
   <x:si>
     <x:t>Mitchell Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Cliff Johnson Excavating</x:t>
   </x:si>
   <x:si>
     <x:t>385-315-9624</x:t>
   </x:si>
   <x:si>
     <x:t>dig (at) cjecorp.com</x:t>
   </x:si>
   <x:si>
     <x:t>Contractor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brian White</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corrio Construction, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8018644908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>brian (at) corrioconstruction.com</x:t>
   </x:si>
   <x:si>
     <x:t>Kendall DeVries</x:t>
   </x:si>
   <x:si>
     <x:t>Garney Companies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>4439382570</x:t>
   </x:si>
   <x:si>
     <x:t>kdevries (at) garney.com</x:t>
   </x:si>
   <x:si>
     <x:t>Sullivan Love</x:t>
   </x:si>
   <x:si>
     <x:t>MGC Contractors, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>8013760419</x:t>
   </x:si>
   <x:si>
     <x:t>slove (at) mgccontractors.com</x:t>
   </x:si>
@@ -420,52 +432,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E29" totalsRowShown="0">
-  <x:autoFilter ref="A1:E29"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E30" totalsRowShown="0">
+  <x:autoFilter ref="A1:E30"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -724,51 +736,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E29"/>
+  <x:dimension ref="A1:E30"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.650625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.720625000000005" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.520625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="36.450625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.950625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -1159,119 +1171,136 @@
       </x:c>
       <x:c r="C24" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="D24" s="0" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="E24" s="0" t="s">
         <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B25" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
       <x:c r="C25" s="0" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="D25" s="0" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>98</x:v>
+        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B26" s="0" t="s">
+      <x:c r="C26" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="D26" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="D26" s="0" t="s">
+      <x:c r="E26" s="0" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
+        <x:v>103</x:v>
+      </x:c>
+      <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="B27" s="0" t="s">
+      <x:c r="C27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="C27" s="0" t="s">
+      <x:c r="D27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D27" s="0" t="s">
+      <x:c r="E27" s="0" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C28" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D28" s="0" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>103</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="D29" s="0" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="E29" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="30" spans="1:5">
+      <x:c r="A30" s="0" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="B30" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="D29" s="0" t="s">
-[...3 lines deleted...]
-        <x:v>103</x:v>
+      <x:c r="C30" s="0" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="E30" s="0" t="s">
+        <x:v>107</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>