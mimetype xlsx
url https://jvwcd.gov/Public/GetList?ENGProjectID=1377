--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2701be02e6434f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/24c1dc5934264e699f63a57a052b2dc0.psmdcp" Id="R46da2cf9d1224fdb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce52c19fa2ed464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7459fe1ac22f4261a2e6e48db18038f8.psmdcp" Id="Rbab68754442b489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>