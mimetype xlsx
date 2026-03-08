--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce52c19fa2ed464b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7459fe1ac22f4261a2e6e48db18038f8.psmdcp" Id="Rbab68754442b489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537ee7864b09420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff00810f8920409cb22d9fa17b4e1dc8.psmdcp" Id="Rcc147644efed4643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Will Peterson</x:t>
   </x:si>
   <x:si>
     <x:t>AECOM</x:t>
   </x:si>
   <x:si>
     <x:t>6107396170</x:t>
   </x:si>
   <x:si>
@@ -318,50 +318,62 @@
     <x:t>Brian Evenson</x:t>
   </x:si>
   <x:si>
     <x:t>Wasatch West Contracting</x:t>
   </x:si>
   <x:si>
     <x:t>8014551652</x:t>
   </x:si>
   <x:si>
     <x:t>brian (at) wasatchwestllc.com</x:t>
   </x:si>
   <x:si>
     <x:t>Kim Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Calder Richards Structural Engineers</x:t>
   </x:si>
   <x:si>
     <x:t>8014661699</x:t>
   </x:si>
   <x:si>
     <x:t>kim (at) crceng.com</x:t>
   </x:si>
   <x:si>
     <x:t>Subcontractor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Val Morris</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Morris Electric INC.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>801 489-8501</x:t>
+  </x:si>
+  <x:si>
+    <x:t>val (at) morrisele.com</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson Lambie</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Management Corporation</x:t>
   </x:si>
   <x:si>
     <x:t>3852596866</x:t>
   </x:si>
   <x:si>
     <x:t>jlambie (at) goemc.com</x:t>
   </x:si>
   <x:si>
     <x:t>Supplier</x:t>
   </x:si>
   <x:si>
     <x:t>HUNTER BENNION</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">ROCKY MTN VALVES </x:t>
   </x:si>
   <x:si>
     <x:t>8016348770</x:t>
   </x:si>
@@ -432,52 +444,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E30" totalsRowShown="0">
-  <x:autoFilter ref="A1:E30"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E31" totalsRowShown="0">
+  <x:autoFilter ref="A1:E31"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -736,51 +748,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E30"/>
+  <x:dimension ref="A1:E31"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="22.650625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="32.720625000000005" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="13.520625" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="36.450625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.950625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -1205,102 +1217,119 @@
       </x:c>
       <x:c r="C26" s="0" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D26" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E26" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="B28" s="0" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="B28" s="0" t="s">
+      <x:c r="C28" s="0" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C28" s="0" t="s">
+      <x:c r="D28" s="0" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D28" s="0" t="s">
+      <x:c r="E28" s="0" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="C29" s="0" t="s">
         <x:v>114</x:v>
       </x:c>
       <x:c r="D29" s="0" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D30" s="0" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E30" s="0" t="s">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="31" spans="1:5">
+      <x:c r="A31" s="0" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="B31" s="0" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="D30" s="0" t="s">
-[...3 lines deleted...]
-        <x:v>107</x:v>
+      <x:c r="C31" s="0" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="D31" s="0" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E31" s="0" t="s">
+        <x:v>111</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>