--- v3 (2026-03-08)
+++ v4 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R537ee7864b09420a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ff00810f8920409cb22d9fa17b4e1dc8.psmdcp" Id="Rcc147644efed4643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23e30a4511004f87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/7f5fd17cfa444236830ee30892607db5.psmdcp" Id="Re687d33d411049a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="123" uniqueCount="123">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>