--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff64f1e80f5742b2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/35de4552db984eb1b429c676dd2ff260.psmdcp" Id="Ra93b53386c60421a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc18c9a870ef4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d289db08e86d4176bf0d257f870b2e52.psmdcp" Id="R02b708a56ea64755" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>