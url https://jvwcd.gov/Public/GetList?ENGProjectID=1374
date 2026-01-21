--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc18c9a870ef4b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d289db08e86d4176bf0d257f870b2e52.psmdcp" Id="R02b708a56ea64755" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6955165866cd4038" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42ae8c1e1b7b4ad58578f37cfee308cf.psmdcp" Id="R4ebf0102bdd049ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>