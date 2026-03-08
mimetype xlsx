--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6955165866cd4038" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/42ae8c1e1b7b4ad58578f37cfee308cf.psmdcp" Id="R4ebf0102bdd049ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd956f91e82954859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/e7cf570cf3fb4e908b2f0a056fd16273.psmdcp" Id="Rbbdc7e53051a49c2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="30">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>