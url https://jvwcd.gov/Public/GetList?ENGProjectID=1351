--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6266454b4bce4d18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/ab5bf7e789304aab881fd727d270c478.psmdcp" Id="R468011014dcd4590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8c4a0a62604ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47c5fab97974693855ae2597adcfaf3.psmdcp" Id="R967b61d5a96e49ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>