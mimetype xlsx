--- v1 (2025-12-07)
+++ v2 (2026-01-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a8c4a0a62604ede" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/b47c5fab97974693855ae2597adcfaf3.psmdcp" Id="R967b61d5a96e49ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbffde9846210447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3a870292bb44b25a9c007eb9674c061.psmdcp" Id="R2a5d5b25820447f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>