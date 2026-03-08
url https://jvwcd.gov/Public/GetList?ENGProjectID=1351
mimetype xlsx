--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbffde9846210447e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a3a870292bb44b25a9c007eb9674c061.psmdcp" Id="R2a5d5b25820447f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3522b0da47403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6c9327bc0f94ab39b5d8634e6641270.psmdcp" Id="Rb5eaa65faf8b45c3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>