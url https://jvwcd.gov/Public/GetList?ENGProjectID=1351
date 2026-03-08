--- v3 (2026-03-08)
+++ v4 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd3522b0da47403c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/d6c9327bc0f94ab39b5d8634e6641270.psmdcp" Id="Rb5eaa65faf8b45c3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7da305f865544187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0c032abed28248b6802e3b4d8a888474.psmdcp" Id="R28773ce3df2946c9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="45">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>