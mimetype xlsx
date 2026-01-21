--- v0 (2025-10-22)
+++ v1 (2026-01-21)
@@ -1,150 +1,192 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R212ee7af9bac454b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/6411ae1d6bb841afb94410d3a3484d1a.psmdcp" Id="R263a2289bd8747be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c365c2b10364bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f64dda62e6ae4808a128926a83740b41.psmdcp" Id="R0b4688ccba4e491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="126" uniqueCount="126">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="208">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>Sam Fankhauser</x:t>
   </x:si>
   <x:si>
     <x:t>AE2S</x:t>
   </x:si>
   <x:si>
     <x:t>801-889-9286</x:t>
   </x:si>
   <x:si>
     <x:t>sam.fankhauser (at) ae2s.com</x:t>
   </x:si>
   <x:si>
     <x:t>Consultant</x:t>
   </x:si>
   <x:si>
+    <x:t>Lindsay</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BCA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8014952224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lminck (at) bowencollins.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lindsay Minck</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bowen Collins</x:t>
+  </x:si>
+  <x:si>
     <x:t>Mike Hilbert</x:t>
   </x:si>
   <x:si>
     <x:t>Bowen Collins and Associates</x:t>
   </x:si>
   <x:si>
     <x:t>8019792193</x:t>
   </x:si>
   <x:si>
     <x:t>mhilbert (at) bowencollins.com</x:t>
   </x:si>
   <x:si>
     <x:t>Andrew Weber</x:t>
   </x:si>
   <x:si>
     <x:t>Clyde</x:t>
   </x:si>
   <x:si>
     <x:t>6618035088</x:t>
   </x:si>
   <x:si>
     <x:t>aweber (at) wwclyde.net</x:t>
   </x:si>
   <x:si>
+    <x:t>Justin S Broshear</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COP Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8018843145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jsbroshear (at) copconstruction.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Adam Bouman</x:t>
   </x:si>
   <x:si>
     <x:t>Dodge</x:t>
   </x:si>
   <x:si>
     <x:t>5136663554</x:t>
   </x:si>
   <x:si>
     <x:t>dodge.docs (at) construction.com</x:t>
   </x:si>
   <x:si>
     <x:t>Linda Hansen</x:t>
   </x:si>
   <x:si>
     <x:t>Ensign Engineering and Land Surveying</x:t>
   </x:si>
   <x:si>
     <x:t>801-255-0529</x:t>
   </x:si>
   <x:si>
     <x:t>lhansen (at) ensignutah.com</x:t>
   </x:si>
   <x:si>
     <x:t>Colby Willis</x:t>
   </x:si>
   <x:si>
     <x:t>GEI Consultants</x:t>
   </x:si>
   <x:si>
     <x:t>3854210310</x:t>
   </x:si>
   <x:si>
     <x:t>cowillis (at) geiconsultants.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Adisa Husejnovic</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEI Consultants, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3152783581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ahusejnovic (at) geiconsultants.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kellie Goddard</x:t>
   </x:si>
   <x:si>
     <x:t>Hansen, Allen &amp; Luce</x:t>
   </x:si>
   <x:si>
     <x:t>8015665599</x:t>
   </x:si>
   <x:si>
     <x:t>kgoddard (at) halengineers.com</x:t>
   </x:si>
   <x:si>
     <x:t>Erik Llewellyn</x:t>
   </x:si>
   <x:si>
     <x:t>Infinity Corrosion Group</x:t>
   </x:si>
   <x:si>
     <x:t>8018341159</x:t>
   </x:si>
   <x:si>
     <x:t>ellewellyn (at) infinitycorrosion.com</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Roberts</x:t>
@@ -173,50 +215,62 @@
   <x:si>
     <x:t>Christie Ripley</x:t>
   </x:si>
   <x:si>
     <x:t>Ninyo &amp; Moore</x:t>
   </x:si>
   <x:si>
     <x:t>(858) 576-1000</x:t>
   </x:si>
   <x:si>
     <x:t>cripley (at) ninyoandmoore.com</x:t>
   </x:si>
   <x:si>
     <x:t>SLC Marketing</x:t>
   </x:si>
   <x:si>
     <x:t>Psomas</x:t>
   </x:si>
   <x:si>
     <x:t>8012841310</x:t>
   </x:si>
   <x:si>
     <x:t>slcmarketing (at) psomas.com</x:t>
   </x:si>
   <x:si>
+    <x:t>JERRY W BALDWIN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRICO CONSTRUCTION</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7013892568</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jerry (at) tricoinc.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Brian Gardner</x:t>
   </x:si>
   <x:si>
     <x:t>Ames Construction</x:t>
   </x:si>
   <x:si>
     <x:t>801-608-4738</x:t>
   </x:si>
   <x:si>
     <x:t>briangardner (at) amesco.com</x:t>
   </x:si>
   <x:si>
     <x:t>Contractor</x:t>
   </x:si>
   <x:si>
     <x:t>Ed Kluber</x:t>
   </x:si>
   <x:si>
     <x:t>Archer Western</x:t>
   </x:si>
   <x:si>
     <x:t>385-237-7704</x:t>
   </x:si>
   <x:si>
     <x:t>ekluber (at) walshgroup.com</x:t>
@@ -224,201 +278,393 @@
   <x:si>
     <x:t>Jason Josie</x:t>
   </x:si>
   <x:si>
     <x:t>Classic Industrial Services</x:t>
   </x:si>
   <x:si>
     <x:t>3855756758</x:t>
   </x:si>
   <x:si>
     <x:t>jason.josie (at) classicindustrial.us</x:t>
   </x:si>
   <x:si>
     <x:t>Mitchell Johnson</x:t>
   </x:si>
   <x:si>
     <x:t>Cliff Johnson Excavating</x:t>
   </x:si>
   <x:si>
     <x:t>385-315-9624</x:t>
   </x:si>
   <x:si>
     <x:t>dig (at) cjecorp.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Rhett Housley</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Condie Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8014041084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>rhousley (at) condieconstruction.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brandon Karnath</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4066002167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>bkarnath (at) copconstruction.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Kendall DeVries</x:t>
   </x:si>
   <x:si>
     <x:t>Garney Construction</x:t>
   </x:si>
   <x:si>
     <x:t>4439382570</x:t>
   </x:si>
   <x:si>
     <x:t>kdevries (at) garney.com</x:t>
   </x:si>
   <x:si>
     <x:t>Tyson Chisholm</x:t>
   </x:si>
   <x:si>
     <x:t>Landmark Excavating</x:t>
   </x:si>
   <x:si>
     <x:t>801-381-8197</x:t>
   </x:si>
   <x:si>
     <x:t>tyson (at) landmarkexc.com</x:t>
   </x:si>
   <x:si>
     <x:t>PAUL ELLIS</x:t>
   </x:si>
   <x:si>
     <x:t>LYNDON JONES CONSTRUCTION</x:t>
   </x:si>
   <x:si>
     <x:t>3852221462</x:t>
   </x:si>
   <x:si>
     <x:t>paule (at) jonesconstruction.com</x:t>
   </x:si>
   <x:si>
     <x:t>Dawn Walters</x:t>
   </x:si>
   <x:si>
     <x:t>Lyndon Jones Construction, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>8012533478</x:t>
   </x:si>
   <x:si>
     <x:t>dawnw (at) jonesconstruction.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Dallin Hill</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pronghorn Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8018099737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dallin (at) pronghornco.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mike Demke</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Red Pine Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385-628-8176</x:t>
+  </x:si>
+  <x:si>
+    <x:t>miked (at) redpineconstruction.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Dallin Horan</x:t>
   </x:si>
   <x:si>
-    <x:t>Red Pine Construction</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>8017093537</x:t>
   </x:si>
   <x:si>
     <x:t>dallinh (at) redpineconstruction.com</x:t>
   </x:si>
   <x:si>
     <x:t>Kim Rolfe</x:t>
   </x:si>
   <x:si>
     <x:t>Rolfe Excavating &amp; Construction, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>8012556710</x:t>
   </x:si>
   <x:si>
     <x:t>rolfeexcavating (at) outlook.com</x:t>
   </x:si>
   <x:si>
     <x:t>Thiago Bezerra</x:t>
   </x:si>
   <x:si>
     <x:t>Sundt Construction</x:t>
   </x:si>
   <x:si>
     <x:t>8018538070</x:t>
   </x:si>
   <x:si>
     <x:t>jtbezerra (at) sundt.com</x:t>
   </x:si>
   <x:si>
     <x:t>David Cramer</x:t>
   </x:si>
   <x:si>
     <x:t>drcramer (at) sundt.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Craig Roth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>(801) 592-8822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cmroth (at) sundt.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>Chad Hunsaker</x:t>
   </x:si>
   <x:si>
     <x:t>VanCon Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>8014918898</x:t>
   </x:si>
   <x:si>
+    <x:t>bid (at) wedigutah.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>chad (at) wedigutah.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Tyler Beus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitaker Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9283589306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>tyler.beus (at) whitcon.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cole Fronk</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435-230-9955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cole.fronk (at) whitcon.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>quinn hamson</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Whitaker Construction Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4357232921</x:t>
+  </x:si>
+  <x:si>
+    <x:t>quinn (at) whitcon.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Devin Moore</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AWP Safety</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385-256-5536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>estimatingut (at) awpsafety.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Subcontractor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arielle VanDerBeek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bison Contracting, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7633341510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>arie (at) bisoncontractingusa.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>dodge.bidding (at) construction.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Subcontractor</x:t>
+    <x:t>Estimating Department</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Farwest Corrosion Control Company</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3105329524</x:t>
+  </x:si>
+  <x:si>
+    <x:t>estimating (at) farwestcorrosion.com</x:t>
   </x:si>
   <x:si>
     <x:t>Marcus Martinez</x:t>
   </x:si>
   <x:si>
     <x:t>RoadSafe Traffic Systems</x:t>
   </x:si>
   <x:si>
     <x:t>3230estimating (at) roadsafetraffic.com</x:t>
   </x:si>
   <x:si>
+    <x:t>C Hale</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UTM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>chale (at) teammechanical.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dave Spencer</x:t>
+  </x:si>
+  <x:si>
+    <x:t>All Pi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8016088078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dave (at) allpipeworks.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Supplier</x:t>
+  </x:si>
+  <x:si>
     <x:t>Jeff Blakely</x:t>
   </x:si>
   <x:si>
     <x:t>AMERICAN Pipe</x:t>
   </x:si>
   <x:si>
     <x:t>jblakely (at) american-usa.com</x:t>
   </x:si>
   <x:si>
-    <x:t>Supplier</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>Stephen Alston</x:t>
   </x:si>
   <x:si>
     <x:t>FRPM Pipe</x:t>
   </x:si>
   <x:si>
     <x:t>8018882772</x:t>
   </x:si>
   <x:si>
     <x:t>stephenalston (at) yahoo.com</x:t>
   </x:si>
   <x:si>
     <x:t>Steve Quiroz</x:t>
   </x:si>
   <x:si>
     <x:t>H.D. Fowler Company</x:t>
   </x:si>
   <x:si>
     <x:t>8018968800</x:t>
   </x:si>
   <x:si>
     <x:t>stevequ (at) hdfowler.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jeffrey Emory</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HD Fowler Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2068196442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>jeffreye (at) hdfowler.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mark Koenig</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northwest Pipe Company</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9494088104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>mkoenig (at) nwpipe.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUNTER BENNION</x:t>
+  </x:si>
+  <x:si>
+    <x:t xml:space="preserve">ROCKY MTN VALVES </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8016348770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>hunter (at) rockymtvalves.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cody Marcus</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ten Point Sales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435-680-9324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>cmarcus (at) tenpointsales.com</x:t>
   </x:si>
   <x:si>
     <x:t>Hayden Givens</x:t>
   </x:si>
   <x:si>
     <x:t>TPG</x:t>
   </x:si>
   <x:si>
     <x:t>971-732-3773</x:t>
   </x:si>
   <x:si>
     <x:t>hayden.givens (at) thompsonpipegroup.com</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="1">
     <x:numFmt numFmtId="0" formatCode=""/>
   </x:numFmts>
   <x:fonts count="1">
     <x:font>
       <x:vertAlign val="baseline"/>
       <x:sz val="11"/>
@@ -453,52 +699,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E32" totalsRowShown="0">
-  <x:autoFilter ref="A1:E32"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E55" totalsRowShown="0">
+  <x:autoFilter ref="A1:E55"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -757,57 +1003,57 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E32"/>
+  <x:dimension ref="A1:E55"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
-    <x:col min="1" max="1" width="15.770625" style="0" customWidth="1"/>
+    <x:col min="1" max="1" width="21.670625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="34.910625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.840625000000001" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.610625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.950625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
       <x:c r="E1" s="0" t="s">
         <x:v>4</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5">
       <x:c r="A2" s="0" t="s">
@@ -828,530 +1074,917 @@
     </x:row>
     <x:row r="3" spans="1:5">
       <x:c r="A3" s="0" t="s">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B3" s="0" t="s">
         <x:v>11</x:v>
       </x:c>
       <x:c r="C3" s="0" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="D3" s="0" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E3" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5">
       <x:c r="A4" s="0" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B4" s="0" t="s">
         <x:v>15</x:v>
       </x:c>
-      <x:c r="C4" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
+      <x:c r="C4" s="0" t="s"/>
       <x:c r="D4" s="0" t="s">
-        <x:v>17</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:5">
       <x:c r="A5" s="0" t="s">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B5" s="0" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C5" s="0" t="s">
         <x:v>18</x:v>
       </x:c>
-      <x:c r="B5" s="0" t="s">
+      <x:c r="D5" s="0" t="s">
         <x:v>19</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:5">
       <x:c r="A6" s="0" t="s">
+        <x:v>20</x:v>
+      </x:c>
+      <x:c r="B6" s="0" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="C6" s="0" t="s">
         <x:v>22</x:v>
       </x:c>
-      <x:c r="B6" s="0" t="s">
+      <x:c r="D6" s="0" t="s">
         <x:v>23</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>25</x:v>
       </x:c>
       <x:c r="E6" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:5">
       <x:c r="A7" s="0" t="s">
+        <x:v>24</x:v>
+      </x:c>
+      <x:c r="B7" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C7" s="0" t="s">
         <x:v>26</x:v>
       </x:c>
-      <x:c r="B7" s="0" t="s">
+      <x:c r="D7" s="0" t="s">
         <x:v>27</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>29</x:v>
       </x:c>
       <x:c r="E7" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:5">
       <x:c r="A8" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B8" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C8" s="0" t="s">
         <x:v>30</x:v>
       </x:c>
-      <x:c r="B8" s="0" t="s">
+      <x:c r="D8" s="0" t="s">
         <x:v>31</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>33</x:v>
       </x:c>
       <x:c r="E8" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:5">
       <x:c r="A9" s="0" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B9" s="0" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="C9" s="0" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="B9" s="0" t="s">
+      <x:c r="D9" s="0" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>37</x:v>
       </x:c>
       <x:c r="E9" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:5">
       <x:c r="A10" s="0" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="B10" s="0" t="s">
+        <x:v>37</x:v>
+      </x:c>
+      <x:c r="C10" s="0" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="B10" s="0" t="s">
+      <x:c r="D10" s="0" t="s">
         <x:v>39</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
       <x:c r="E10" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:5">
       <x:c r="A11" s="0" t="s">
+        <x:v>40</x:v>
+      </x:c>
+      <x:c r="B11" s="0" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C11" s="0" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="B11" s="0" t="s">
+      <x:c r="D11" s="0" t="s">
         <x:v>43</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="E11" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:5">
       <x:c r="A12" s="0" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="B12" s="0" t="s">
+        <x:v>45</x:v>
+      </x:c>
+      <x:c r="C12" s="0" t="s">
         <x:v>46</x:v>
       </x:c>
-      <x:c r="B12" s="0" t="s">
+      <x:c r="D12" s="0" t="s">
         <x:v>47</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:5">
       <x:c r="A13" s="0" t="s">
+        <x:v>48</x:v>
+      </x:c>
+      <x:c r="B13" s="0" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="C13" s="0" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="B13" s="0" t="s">
+      <x:c r="D13" s="0" t="s">
         <x:v>51</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>53</x:v>
       </x:c>
       <x:c r="E13" s="0" t="s">
         <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:5">
       <x:c r="A14" s="0" t="s">
+        <x:v>52</x:v>
+      </x:c>
+      <x:c r="B14" s="0" t="s">
+        <x:v>53</x:v>
+      </x:c>
+      <x:c r="C14" s="0" t="s">
         <x:v>54</x:v>
       </x:c>
-      <x:c r="B14" s="0" t="s">
+      <x:c r="D14" s="0" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C14" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E14" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:5">
       <x:c r="A15" s="0" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B15" s="0" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="C15" s="0" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="D15" s="0" t="s">
         <x:v>59</x:v>
       </x:c>
-      <x:c r="B15" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E15" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:5">
       <x:c r="A16" s="0" t="s">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B16" s="0" t="s">
+        <x:v>61</x:v>
+      </x:c>
+      <x:c r="C16" s="0" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D16" s="0" t="s">
         <x:v>63</x:v>
       </x:c>
-      <x:c r="B16" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E16" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:5">
       <x:c r="A17" s="0" t="s">
+        <x:v>64</x:v>
+      </x:c>
+      <x:c r="B17" s="0" t="s">
+        <x:v>65</x:v>
+      </x:c>
+      <x:c r="C17" s="0" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="D17" s="0" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="B17" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E17" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:5">
       <x:c r="A18" s="0" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="B18" s="0" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="C18" s="0" t="s">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="D18" s="0" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="B18" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E18" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>9</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:5">
       <x:c r="A19" s="0" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B19" s="0" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C19" s="0" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D19" s="0" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="B19" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E19" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:5">
       <x:c r="A20" s="0" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="B20" s="0" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C20" s="0" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="B20" s="0" t="s">
+      <x:c r="D20" s="0" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="C20" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E20" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:5">
       <x:c r="A21" s="0" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B21" s="0" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="C21" s="0" t="s">
         <x:v>83</x:v>
       </x:c>
-      <x:c r="B21" s="0" t="s">
+      <x:c r="D21" s="0" t="s">
         <x:v>84</x:v>
       </x:c>
-      <x:c r="C21" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E21" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:5">
       <x:c r="A22" s="0" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B22" s="0" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="C22" s="0" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="B22" s="0" t="s">
+      <x:c r="D22" s="0" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="C22" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E22" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:5">
       <x:c r="A23" s="0" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="B23" s="0" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C23" s="0" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="B23" s="0" t="s">
+      <x:c r="D23" s="0" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="C23" s="0" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E23" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:5">
       <x:c r="A24" s="0" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="B24" s="0" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C24" s="0" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="D24" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
-      <x:c r="B24" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E24" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:5">
       <x:c r="A25" s="0" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="B25" s="0" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C25" s="0" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D25" s="0" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="B25" s="0" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="E25" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:5">
       <x:c r="A26" s="0" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="B26" s="0" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="B26" s="0" t="s">
+      <x:c r="C26" s="0" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C26" s="0" t="s">
+      <x:c r="D26" s="0" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D26" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E26" s="0" t="s">
-        <x:v>58</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:5">
       <x:c r="A27" s="0" t="s">
-        <x:v>18</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="B27" s="0" t="s">
-        <x:v>19</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C27" s="0" t="s">
-        <x:v>20</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D27" s="0" t="s">
-        <x:v>105</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E27" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:5">
       <x:c r="A28" s="0" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="B28" s="0" t="s">
-        <x:v>108</x:v>
-[...1 lines deleted...]
-      <x:c r="C28" s="0" t="s"/>
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="C28" s="0" t="s">
+        <x:v>110</x:v>
+      </x:c>
       <x:c r="D28" s="0" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E28" s="0" t="s">
-        <x:v>106</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:5">
       <x:c r="A29" s="0" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="B29" s="0" t="s">
-        <x:v>111</x:v>
-[...1 lines deleted...]
-      <x:c r="C29" s="0" t="s"/>
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C29" s="0" t="s">
+        <x:v>114</x:v>
+      </x:c>
       <x:c r="D29" s="0" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E29" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:5">
       <x:c r="A30" s="0" t="s">
-        <x:v>114</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="B30" s="0" t="s">
-        <x:v>115</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C30" s="0" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="D30" s="0" t="s">
-        <x:v>117</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="E30" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:5">
       <x:c r="A31" s="0" t="s">
-        <x:v>118</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="B31" s="0" t="s">
-        <x:v>119</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="C31" s="0" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D31" s="0" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E31" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:5">
       <x:c r="A32" s="0" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="B32" s="0" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C32" s="0" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D32" s="0" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E32" s="0" t="s">
-        <x:v>113</x:v>
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="33" spans="1:5">
+      <x:c r="A33" s="0" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="B33" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C33" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D33" s="0" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="E33" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:5">
+      <x:c r="A34" s="0" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="B34" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C34" s="0" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="D34" s="0" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="E34" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:5">
+      <x:c r="A35" s="0" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="B35" s="0" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="C35" s="0" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="D35" s="0" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="E35" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:5">
+      <x:c r="A36" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B36" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C36" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D36" s="0" t="s">
+        <x:v>139</x:v>
+      </x:c>
+      <x:c r="E36" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="37" spans="1:5">
+      <x:c r="A37" s="0" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="B37" s="0" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C37" s="0" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="D37" s="0" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="E37" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="38" spans="1:5">
+      <x:c r="A38" s="0" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="B38" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C38" s="0" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D38" s="0" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E38" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="39" spans="1:5">
+      <x:c r="A39" s="0" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="B39" s="0" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C39" s="0" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="D39" s="0" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="E39" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="40" spans="1:5">
+      <x:c r="A40" s="0" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="B40" s="0" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C40" s="0" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D40" s="0" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="E40" s="0" t="s">
+        <x:v>76</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="41" spans="1:5">
+      <x:c r="A41" s="0" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="B41" s="0" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C41" s="0" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D41" s="0" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E41" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="42" spans="1:5">
+      <x:c r="A42" s="0" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="C42" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="D42" s="0" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="E42" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="43" spans="1:5">
+      <x:c r="A43" s="0" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
+        <x:v>29</x:v>
+      </x:c>
+      <x:c r="C43" s="0" t="s">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="D43" s="0" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="E43" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="44" spans="1:5">
+      <x:c r="A44" s="0" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C44" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D44" s="0" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="E44" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:5">
+      <x:c r="A45" s="0" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="B45" s="0" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C45" s="0" t="s"/>
+      <x:c r="D45" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="E45" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:5">
+      <x:c r="A46" s="0" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="B46" s="0" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C46" s="0" t="s"/>
+      <x:c r="D46" s="0" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="E46" s="0" t="s">
+        <x:v>156</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:5">
+      <x:c r="A47" s="0" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="B47" s="0" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C47" s="0" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D47" s="0" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="E47" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="48" spans="1:5">
+      <x:c r="A48" s="0" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="B48" s="0" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C48" s="0" t="s"/>
+      <x:c r="D48" s="0" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="E48" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="49" spans="1:5">
+      <x:c r="A49" s="0" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="B49" s="0" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C49" s="0" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D49" s="0" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E49" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="50" spans="1:5">
+      <x:c r="A50" s="0" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="B50" s="0" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C50" s="0" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D50" s="0" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E50" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="51" spans="1:5">
+      <x:c r="A51" s="0" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C51" s="0" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="D51" s="0" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="E51" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="52" spans="1:5">
+      <x:c r="A52" s="0" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C52" s="0" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D52" s="0" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="E52" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="53" spans="1:5">
+      <x:c r="A53" s="0" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="E53" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="54" spans="1:5">
+      <x:c r="A54" s="0" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="B54" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C54" s="0" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D54" s="0" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="E54" s="0" t="s">
+        <x:v>176</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="55" spans="1:5">
+      <x:c r="A55" s="0" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="B55" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C55" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D55" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="E55" s="0" t="s">
+        <x:v>176</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>