--- v1 (2026-01-21)
+++ v2 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c365c2b10364bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f64dda62e6ae4808a128926a83740b41.psmdcp" Id="R0b4688ccba4e491a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeca557cda8f4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdc6e84e739d4cfe8da2d848c2e530d9.psmdcp" Id="R9257f0d39b98483a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="208">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>