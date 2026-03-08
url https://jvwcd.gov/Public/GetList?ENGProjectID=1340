--- v2 (2026-03-08)
+++ v3 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbeca557cda8f4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/bdc6e84e739d4cfe8da2d848c2e530d9.psmdcp" Id="R9257f0d39b98483a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5d9fbddb8b34021" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/51a95d864d014edead1dabcda6511b7f.psmdcp" Id="R2c1fb2c398a54f47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="208" uniqueCount="208">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>