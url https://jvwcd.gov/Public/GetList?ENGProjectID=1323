--- v0 (2025-10-22)
+++ v1 (2025-12-08)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R96d95f5271f44d4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/2cca47c620e548b9bbed8da5f6d4c6f6.psmdcp" Id="R5c60f02890044172" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7edb3d850f4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/679209cd6c834517a7d3cb04181deff3.psmdcp" Id="R4938038f94e14b92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="243" uniqueCount="243">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>FRANK BOYLAND</x:t>
   </x:si>
   <x:si>
     <x:t>ACUITY INTERNATIONAL</x:t>
   </x:si>
   <x:si>
     <x:t>5714300094</x:t>
   </x:si>
   <x:si>
@@ -377,50 +377,62 @@
   <x:si>
     <x:t>George Smith</x:t>
   </x:si>
   <x:si>
     <x:t>Ralph L Wadsworth Construction Co</x:t>
   </x:si>
   <x:si>
     <x:t>801-553-1661</x:t>
   </x:si>
   <x:si>
     <x:t>gsmith (at) wadsco.com</x:t>
   </x:si>
   <x:si>
     <x:t>Kim Gruber</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">S.J. Louis Construction, Inc. </x:t>
   </x:si>
   <x:si>
     <x:t>3202539291</x:t>
   </x:si>
   <x:si>
     <x:t>estimators (at) sjlouis.com</x:t>
   </x:si>
   <x:si>
+    <x:t>Lucas L Pappas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SRB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7279405395</x:t>
+  </x:si>
+  <x:si>
+    <x:t>lpappas (at) southernrb.com</x:t>
+  </x:si>
+  <x:si>
     <x:t>david cramer</x:t>
   </x:si>
   <x:si>
     <x:t>Sundt</x:t>
   </x:si>
   <x:si>
     <x:t>8016418007</x:t>
   </x:si>
   <x:si>
     <x:t>drcramer (at) sundt.com</x:t>
   </x:si>
   <x:si>
     <x:t>Craig Roth</x:t>
   </x:si>
   <x:si>
     <x:t>Sundt Construction</x:t>
   </x:si>
   <x:si>
     <x:t>(801) 592-8822</x:t>
   </x:si>
   <x:si>
     <x:t>cmroth (at) sundt.com</x:t>
   </x:si>
   <x:si>
     <x:t>Dale R Keep</x:t>
@@ -516,50 +528,62 @@
     <x:t>Ross Jordan</x:t>
   </x:si>
   <x:si>
     <x:t>A-Line Corrosion Services LLC</x:t>
   </x:si>
   <x:si>
     <x:t>5153395008</x:t>
   </x:si>
   <x:si>
     <x:t>rjordan (at) a-linecorrosion.com</x:t>
   </x:si>
   <x:si>
     <x:t>Subcontractor</x:t>
   </x:si>
   <x:si>
     <x:t>Mitchell Rucker</x:t>
   </x:si>
   <x:si>
     <x:t>Allans Welding &amp; Industrial</x:t>
   </x:si>
   <x:si>
     <x:t>8013622055</x:t>
   </x:si>
   <x:si>
     <x:t>mitchell (at) allansweldingindustrial.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arielle VanDerBeek</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bison Contracting, Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7633341510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>arie (at) bisoncontractingusa.com</x:t>
   </x:si>
   <x:si>
     <x:t>John Beckos</x:t>
   </x:si>
   <x:si>
     <x:t>BTrenchless, Inc.</x:t>
   </x:si>
   <x:si>
     <x:t>3034720664</x:t>
   </x:si>
   <x:si>
     <x:t>john.beckos (at) btrenchless.com</x:t>
   </x:si>
   <x:si>
     <x:t>Kevin Biel</x:t>
   </x:si>
   <x:si>
     <x:t>CMT Technical Services</x:t>
   </x:si>
   <x:si>
     <x:t>8018032750</x:t>
   </x:si>
   <x:si>
     <x:t>kevin.biel (at) cmttechnicalservices.com</x:t>
   </x:si>
@@ -804,52 +828,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E62" totalsRowShown="0">
-  <x:autoFilter ref="A1:E62"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E64" totalsRowShown="0">
+  <x:autoFilter ref="A1:E64"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1108,51 +1132,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E62"/>
+  <x:dimension ref="A1:E64"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.840625000000001" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.610625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.950625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -1687,536 +1711,570 @@
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:5">
       <x:c r="A33" s="0" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B33" s="0" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="C33" s="0" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="D33" s="0" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="E33" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
-        <x:v>127</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>134</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>139</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
-        <x:v>159</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="B42" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="B42" s="0" t="s">
+      <x:c r="C42" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="C42" s="0" t="s">
+      <x:c r="D42" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="D42" s="0" t="s">
+      <x:c r="E42" s="0" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
+      <x:c r="C43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="D43" s="0" t="s">
+      <x:c r="E43" s="0" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B44" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="C44" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
       <x:c r="D44" s="0" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="E44" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>164</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="0" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B51" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="B51" s="0" t="s">
+      <x:c r="C51" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C51" s="0" t="s">
+      <x:c r="D51" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D51" s="0" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="0" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="B52" s="0" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="0" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C53" s="0" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D53" s="0" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="E53" s="0" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="0" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>209</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="0" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
-        <x:v>210</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="0" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="0" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>241</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>197</x:v>
+        <x:v>205</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:5">
+      <x:c r="A63" s="0" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="B63" s="0" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C63" s="0" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D63" s="0" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E63" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:5">
+      <x:c r="A64" s="0" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="B64" s="0" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C64" s="0" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D64" s="0" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="E64" s="0" t="s">
+        <x:v>205</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>