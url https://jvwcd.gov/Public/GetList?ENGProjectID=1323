--- v1 (2025-12-08)
+++ v2 (2026-03-08)
@@ -1,59 +1,59 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b7edb3d850f4570" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/679209cd6c834517a7d3cb04181deff3.psmdcp" Id="R4938038f94e14b92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46db8facdeda48e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0120298d880b4068b08d253da45caf79.psmdcp" Id="R24f7b8f7d98b4aa0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="251" uniqueCount="251">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="255" uniqueCount="255">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>
     <x:t>Phone</x:t>
   </x:si>
   <x:si>
     <x:t>Email</x:t>
   </x:si>
   <x:si>
     <x:t>Category</x:t>
   </x:si>
   <x:si>
     <x:t>FRANK BOYLAND</x:t>
   </x:si>
   <x:si>
     <x:t>ACUITY INTERNATIONAL</x:t>
   </x:si>
   <x:si>
     <x:t>5714300094</x:t>
   </x:si>
   <x:si>
@@ -339,50 +339,62 @@
     <x:t>ekluber (at) condieconstruction.com</x:t>
   </x:si>
   <x:si>
     <x:t>Nikia Steppins</x:t>
   </x:si>
   <x:si>
     <x:t>Garney</x:t>
   </x:si>
   <x:si>
     <x:t>303-791-3600</x:t>
   </x:si>
   <x:si>
     <x:t>nsteppins (at) garney.com</x:t>
   </x:si>
   <x:si>
     <x:t>Sonja Sommerfeldt</x:t>
   </x:si>
   <x:si>
     <x:t>James W. Fowler Co.</x:t>
   </x:si>
   <x:si>
     <x:t>5036235373</x:t>
   </x:si>
   <x:si>
     <x:t>estimating (at) jwfowler.com</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DJ McCurdy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>M&amp;M Welding and Construction</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5305218413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>dj.mccurdy (at) mmwelding.net</x:t>
   </x:si>
   <x:si>
     <x:t>Cole Frost</x:t>
   </x:si>
   <x:si>
     <x:t xml:space="preserve">Ralph L Wadsworth Construction </x:t>
   </x:si>
   <x:si>
     <x:t>801-301-7047</x:t>
   </x:si>
   <x:si>
     <x:t>cfrost (at) wadsco.com</x:t>
   </x:si>
   <x:si>
     <x:t>George Smith</x:t>
   </x:si>
   <x:si>
     <x:t>Ralph L Wadsworth Construction Co</x:t>
   </x:si>
   <x:si>
     <x:t>801-553-1661</x:t>
   </x:si>
   <x:si>
     <x:t>gsmith (at) wadsco.com</x:t>
   </x:si>
@@ -828,52 +840,52 @@
         <x:color rgb="FF000000"/>
       </x:diagonal>
     </x:border>
   </x:borders>
   <x:cellStyleXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellStyleXfs>
   <x:cellXfs count="1">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="0" applyAlignment="1" applyProtection="1">
       <x:alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="0" indent="0" relativeIndent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
       <x:protection locked="1" hidden="0"/>
     </x:xf>
   </x:cellXfs>
   <x:cellStyles count="1">
     <x:cellStyle name="Normal" xfId="0" builtinId="0"/>
   </x:cellStyles>
 </x:styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="/xl/theme/theme.xml" Id="rId7" /></Relationships>
 </file>
 
 <file path=xl/tables/table.xml><?xml version="1.0" encoding="utf-8"?>
-<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E64" totalsRowShown="0">
-  <x:autoFilter ref="A1:E64"/>
+<x:table xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" id="1" name="Table1" displayName="Table1" ref="A1:E65" totalsRowShown="0">
+  <x:autoFilter ref="A1:E65"/>
   <x:tableColumns count="5">
     <x:tableColumn id="1" name="Name"/>
     <x:tableColumn id="2" name="Company"/>
     <x:tableColumn id="3" name="Phone"/>
     <x:tableColumn id="4" name="Email"/>
     <x:tableColumn id="5" name="Category"/>
   </x:tableColumns>
   <x:tableStyleInfo name="TableStyleLight9" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </x:table>
 </file>
 
 <file path=xl/theme/theme.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
@@ -1132,51 +1144,51 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="/xl/tables/table.xml" Id="rId5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheetPr>
     <x:outlinePr summaryBelow="1" summaryRight="1"/>
   </x:sheetPr>
-  <x:dimension ref="A1:E64"/>
+  <x:dimension ref="A1:E65"/>
   <x:sheetViews>
     <x:sheetView workbookViewId="0"/>
   </x:sheetViews>
   <x:sheetFormatPr defaultRowHeight="15"/>
   <x:cols>
     <x:col min="1" max="1" width="23.210625" style="0" customWidth="1"/>
     <x:col min="2" max="2" width="37.180625" style="0" customWidth="1"/>
     <x:col min="3" max="3" width="14.840625000000001" style="0" customWidth="1"/>
     <x:col min="4" max="4" width="39.610625" style="0" customWidth="1"/>
     <x:col min="5" max="5" width="13.950625" style="0" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5">
       <x:c r="A1" s="0" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="0" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="0" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="D1" s="0" t="s">
         <x:v>3</x:v>
       </x:c>
@@ -1728,553 +1740,570 @@
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:5">
       <x:c r="A34" s="0" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B34" s="0" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C34" s="0" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D34" s="0" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E34" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:5">
       <x:c r="A35" s="0" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B35" s="0" t="s">
-        <x:v>131</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C35" s="0" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="D35" s="0" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="E35" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:5">
       <x:c r="A36" s="0" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="B36" s="0" t="s">
-        <x:v>138</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C36" s="0" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="D36" s="0" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="E36" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:5">
       <x:c r="A37" s="0" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B37" s="0" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="C37" s="0" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="D37" s="0" t="s">
         <x:v>144</x:v>
       </x:c>
       <x:c r="E37" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:5">
       <x:c r="A38" s="0" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B38" s="0" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C38" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D38" s="0" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="E38" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:5">
       <x:c r="A39" s="0" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="B39" s="0" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="C39" s="0" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D39" s="0" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="E39" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:5">
       <x:c r="A40" s="0" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="B40" s="0" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C40" s="0" t="s">
-        <x:v>153</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="D40" s="0" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="E40" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:5">
       <x:c r="A41" s="0" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B41" s="0" t="s">
         <x:v>156</x:v>
       </x:c>
       <x:c r="C41" s="0" t="s">
         <x:v>157</x:v>
       </x:c>
       <x:c r="D41" s="0" t="s">
         <x:v>158</x:v>
       </x:c>
       <x:c r="E41" s="0" t="s">
         <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:5">
       <x:c r="A42" s="0" t="s">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B42" s="0" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="C42" s="0" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="D42" s="0" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="E42" s="0" t="s">
-        <x:v>163</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:5">
       <x:c r="A43" s="0" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="B43" s="0" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="B43" s="0" t="s">
+      <x:c r="C43" s="0" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C43" s="0" t="s">
+      <x:c r="D43" s="0" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="D43" s="0" t="s">
+      <x:c r="E43" s="0" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:5">
       <x:c r="A44" s="0" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="B44" s="0" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="B44" s="0" t="s">
+      <x:c r="C44" s="0" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C44" s="0" t="s">
+      <x:c r="D44" s="0" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D44" s="0" t="s">
+      <x:c r="E44" s="0" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:5">
       <x:c r="A45" s="0" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B45" s="0" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="C45" s="0" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="D45" s="0" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="E45" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:5">
       <x:c r="A46" s="0" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B46" s="0" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="C46" s="0" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="D46" s="0" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="E46" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:5">
       <x:c r="A47" s="0" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B47" s="0" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="C47" s="0" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="D47" s="0" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="E47" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:5">
       <x:c r="A48" s="0" t="s">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B48" s="0" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C48" s="0" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D48" s="0" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E48" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:5">
       <x:c r="A49" s="0" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B49" s="0" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="C49" s="0" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="D49" s="0" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="E49" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:5">
       <x:c r="A50" s="0" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B50" s="0" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C50" s="0" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D50" s="0" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E50" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:5">
       <x:c r="A51" s="0" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B51" s="0" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C51" s="0" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D51" s="0" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E51" s="0" t="s">
-        <x:v>168</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:5">
       <x:c r="A52" s="0" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B52" s="0" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="C52" s="0" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="D52" s="0" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="E52" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:5">
       <x:c r="A53" s="0" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="B53" s="0" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="B53" s="0" t="s">
+      <x:c r="C53" s="0" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C53" s="0" t="s">
+      <x:c r="D53" s="0" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D53" s="0" t="s">
+      <x:c r="E53" s="0" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:5">
       <x:c r="A54" s="0" t="s">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B54" s="0" t="s">
-        <x:v>207</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C54" s="0" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D54" s="0" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E54" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:5">
       <x:c r="A55" s="0" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="B55" s="0" t="s">
-        <x:v>186</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C55" s="0" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D55" s="0" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E55" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:5">
       <x:c r="A56" s="0" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="B56" s="0" t="s">
-        <x:v>217</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C56" s="0" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D56" s="0" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E56" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:5">
       <x:c r="A57" s="0" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B57" s="0" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C57" s="0" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D57" s="0" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E57" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:5">
       <x:c r="A58" s="0" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B58" s="0" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="C58" s="0" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="D58" s="0" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="E58" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:5">
       <x:c r="A59" s="0" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B59" s="0" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C59" s="0" t="s">
         <x:v>230</x:v>
       </x:c>
       <x:c r="D59" s="0" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="E59" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:5">
       <x:c r="A60" s="0" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B60" s="0" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C60" s="0" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D60" s="0" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E60" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:5">
       <x:c r="A61" s="0" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B61" s="0" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="C61" s="0" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="D61" s="0" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="E61" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:5">
       <x:c r="A62" s="0" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B62" s="0" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="C62" s="0" t="s">
-        <x:v>218</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D62" s="0" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E62" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:5">
       <x:c r="A63" s="0" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="B63" s="0" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C63" s="0" t="s">
-        <x:v>245</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="D63" s="0" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E63" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:5">
       <x:c r="A64" s="0" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B64" s="0" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="C64" s="0" t="s">
         <x:v>249</x:v>
       </x:c>
       <x:c r="D64" s="0" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="E64" s="0" t="s">
-        <x:v>205</x:v>
+        <x:v>209</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="65" spans="1:5">
+      <x:c r="A65" s="0" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="B65" s="0" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="C65" s="0" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="D65" s="0" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="E65" s="0" t="s">
+        <x:v>209</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:printOptions horizontalCentered="0" verticalCentered="0" headings="0" gridLines="0"/>
   <x:pageMargins left="0.75" right="0.75" top="0.75" bottom="0.5" header="0.5" footer="0.75"/>
   <x:pageSetup paperSize="1" scale="100" pageOrder="downThenOver" orientation="default" blackAndWhite="0" draft="0" cellComments="none" errors="displayed"/>
   <x:headerFooter/>
   <x:tableParts count="1">
     <x:tablePart r:id="rId5"/>
   </x:tableParts>
 </x:worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <ap:Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <ap:Application>Microsoft Excel</ap:Application>
   <ap:DocSecurity>0</ap:DocSecurity>
   <ap:ScaleCrop>false</ap:ScaleCrop>
   <ap:HeadingPairs>
     <vt:vector baseType="variant" size="4">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>