--- v0 (2025-10-21)
+++ v1 (2025-12-06)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82437ee671fd476e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/f2142fef85e74c199b290c1600f6aeac.psmdcp" Id="R897fb79a11844d63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cf4a33267a445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26eda6047de04b4682aa563735751257.psmdcp" Id="Rf60768be6a5b4498" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>