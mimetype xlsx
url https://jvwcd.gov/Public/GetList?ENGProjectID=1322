--- v1 (2025-12-06)
+++ v2 (2026-01-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd7cf4a33267a445b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/26eda6047de04b4682aa563735751257.psmdcp" Id="Rf60768be6a5b4498" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036d155d913c4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/544f2a36c0db4382bf052472156046fb.psmdcp" Id="R33bc9b9adf7c4e81" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>