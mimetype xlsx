--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R036d155d913c4a8b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/544f2a36c0db4382bf052472156046fb.psmdcp" Id="R33bc9b9adf7c4e81" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc20d2fa53fe404f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/73ad5a8d837e4667ade2c34bdc93bdfc.psmdcp" Id="R2be914c002a14bfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="78" uniqueCount="78">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>