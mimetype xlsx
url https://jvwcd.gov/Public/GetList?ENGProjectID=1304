--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ef8a728df76493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a9a60679f8f44e03af677bacf49fad3c.psmdcp" Id="R9c71af4e67a74386" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f93575d275c4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a48d4b11029e428c8f134e32bf68c824.psmdcp" Id="Rc1bc0bdae6234fc9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="336">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>