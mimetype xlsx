--- v1 (2025-12-07)
+++ v2 (2026-01-21)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f93575d275c4094" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/a48d4b11029e428c8f134e32bf68c824.psmdcp" Id="Rc1bc0bdae6234fc9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c9ec7f950a417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/331e6cb64f2c4622aa3a7531cfdab15a.psmdcp" Id="R7cf01d3f5bae416c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="336">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>