--- v2 (2026-01-21)
+++ v3 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7c9ec7f950a417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/331e6cb64f2c4622aa3a7531cfdab15a.psmdcp" Id="R7cf01d3f5bae416c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb294767460646e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f43cab63a624fdb80f0f6f4a223fbf5.psmdcp" Id="Ra7f58e3f90a6429f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="336">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>