--- v3 (2026-03-08)
+++ v4 (2026-03-08)
@@ -1,41 +1,41 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="psmdcp" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/tables/table.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/xl/theme/theme.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb294767460646e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/0f43cab63a624fdb80f0f6f4a223fbf5.psmdcp" Id="Ra7f58e3f90a6429f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb31d6cab78f4f59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="/docProps/app.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="/package/services/metadata/core-properties/595bac2f5ad44c20aac962e53b8697c9.psmdcp" Id="R95e2a2059f844ee1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:workbookPr codeName="ThisWorkbook"/>
   <x:bookViews>
     <x:workbookView firstSheet="0" activeTab="0"/>
   </x:bookViews>
   <x:sheets>
     <x:sheet name="ContactList" sheetId="2" r:id="rId2"/>
   </x:sheets>
   <x:definedNames/>
   <x:calcPr calcId="125725"/>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="336">
   <x:si>
     <x:t>Name</x:t>
   </x:si>
   <x:si>
     <x:t>Company</x:t>
   </x:si>
   <x:si>